--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4f26701c8f54653" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/62052380b8cf45efa558e6fb70d9b07d.psmdcp" Id="Rc1ded35d3060470b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f59391896814857" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ce4fbe3bef9c4d6fbc44e7da15035917.psmdcp" Id="Rd991eecb23394617" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Результаты" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>№</x:t>
   </x:si>
   <x:si>
     <x:t>ФИО</x:t>
   </x:si>
   <x:si>