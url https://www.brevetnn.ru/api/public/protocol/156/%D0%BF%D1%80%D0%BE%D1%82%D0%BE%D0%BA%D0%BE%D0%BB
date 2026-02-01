--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f59391896814857" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ce4fbe3bef9c4d6fbc44e7da15035917.psmdcp" Id="Rd991eecb23394617" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73578e0295cb43f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34f5f2416338443d84d21b53f1f700c7.psmdcp" Id="R7e0a9c91460247a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Результаты" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>№</x:t>
   </x:si>
   <x:si>
     <x:t>ФИО</x:t>
   </x:si>
   <x:si>