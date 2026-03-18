--- v2 (2026-02-01)
+++ v3 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73578e0295cb43f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34f5f2416338443d84d21b53f1f700c7.psmdcp" Id="R7e0a9c91460247a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb649bf862864d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b3b05a4490884e7591cdf51b810038ed.psmdcp" Id="R677686e5e9174d5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Результаты" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>№</x:t>
   </x:si>
   <x:si>
     <x:t>ФИО</x:t>
   </x:si>
   <x:si>