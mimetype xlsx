--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfaf1963956e449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9864f74ff8a44a9f9bdf5ae3d5ff25a5.psmdcp" Id="R0a6fea911b714185" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf439b36a371d479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/741660d189164310bab6aac0bde1bbaf.psmdcp" Id="R757d5af7975e498f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Результаты" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>№</x:t>
   </x:si>
   <x:si>
     <x:t>ФИО</x:t>
   </x:si>
   <x:si>