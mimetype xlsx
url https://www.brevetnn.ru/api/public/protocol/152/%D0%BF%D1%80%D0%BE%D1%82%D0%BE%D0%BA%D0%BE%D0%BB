--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf439b36a371d479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/741660d189164310bab6aac0bde1bbaf.psmdcp" Id="R757d5af7975e498f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04f07ee1a11347c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f13715ff41ce47b1b3ee91d61194f1e8.psmdcp" Id="R1be2e7c7bc86450c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Результаты" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>№</x:t>
   </x:si>
   <x:si>
     <x:t>ФИО</x:t>
   </x:si>
   <x:si>
@@ -1646,51 +1646,51 @@
       <x:c r="D22" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E22" s="5" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F22" s="5" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G22" s="5" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H22" s="5" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I22" s="5" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J22" s="5" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K22" s="5" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L22" s="5" t="s">
-        <x:v>21</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="32" customHeight="1">
       <x:c r="A23" s="3">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B23" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C23" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D23" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="E23" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F23" s="5" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G23" s="5" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H23" s="5" t="s">