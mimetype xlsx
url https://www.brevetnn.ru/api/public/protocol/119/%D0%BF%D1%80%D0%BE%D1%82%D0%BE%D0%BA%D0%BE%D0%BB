--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf17ee21021fd485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/188a062739a74eb98dde337c9dde4c4f.psmdcp" Id="R8d2b24240000489b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re79220da0b034741" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79e4af031ea14525ae145a9887f70130.psmdcp" Id="R8381e606a85c4983" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Результаты" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>№</x:t>
   </x:si>
   <x:si>
     <x:t>ФИО</x:t>
   </x:si>
   <x:si>