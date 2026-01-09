--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re79220da0b034741" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79e4af031ea14525ae145a9887f70130.psmdcp" Id="R8381e606a85c4983" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R952e654122174d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85b6331b592b4656b47710f38967969f.psmdcp" Id="Rf93e7d05930040a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Результаты" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>№</x:t>
   </x:si>
   <x:si>
     <x:t>ФИО</x:t>
   </x:si>
   <x:si>