--- v2 (2026-01-09)
+++ v3 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R952e654122174d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85b6331b592b4656b47710f38967969f.psmdcp" Id="Rf93e7d05930040a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8e0cab55332433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2285705b74b048b2bc5d89441c68f3f0.psmdcp" Id="R1d0277cbd8d74bbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Результаты" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>№</x:t>
   </x:si>
   <x:si>
     <x:t>ФИО</x:t>
   </x:si>
   <x:si>