--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1373c0512034d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7924a359438e404288d7dfe68bb644d5.psmdcp" Id="R6f68533665a640ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6326a247c02a4549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5b1e2aa68a894d91bac4648dba3935a3.psmdcp" Id="Rc2fc8f372c8e4b5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Результаты" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>№</x:t>
   </x:si>
   <x:si>
     <x:t>ФИО</x:t>
   </x:si>
   <x:si>