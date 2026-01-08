--- v1 (2025-11-23)
+++ v2 (2026-01-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6326a247c02a4549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5b1e2aa68a894d91bac4648dba3935a3.psmdcp" Id="Rc2fc8f372c8e4b5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a85acd4890d42d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f5766e3d46448cc89d49a63b290f3ed.psmdcp" Id="R2d8a5066c1974c0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Результаты" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>№</x:t>
   </x:si>
   <x:si>
     <x:t>ФИО</x:t>
   </x:si>
   <x:si>