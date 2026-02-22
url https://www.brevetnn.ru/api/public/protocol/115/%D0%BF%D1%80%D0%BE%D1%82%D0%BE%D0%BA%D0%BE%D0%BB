--- v2 (2026-01-08)
+++ v3 (2026-02-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a85acd4890d42d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f5766e3d46448cc89d49a63b290f3ed.psmdcp" Id="R2d8a5066c1974c0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R534a6b190595451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e07b05db5beb44a4bffe80ab4b95f8ee.psmdcp" Id="R520f57955d7d4948" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Результаты" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>№</x:t>
   </x:si>
   <x:si>
     <x:t>ФИО</x:t>
   </x:si>
   <x:si>