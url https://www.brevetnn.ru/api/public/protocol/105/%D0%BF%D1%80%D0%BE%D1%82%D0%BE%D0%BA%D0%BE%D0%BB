--- v0 (2025-10-09)
+++ v1 (2025-12-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref04cdfd901e44b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/56b5639d04054c01aae1e7e36e91fff4.psmdcp" Id="R21d205e8bc5e4d8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb15a11da0de4bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9110c5b9e6bf4fcb8e2bd2f153e6cacb.psmdcp" Id="Rfee0ff30f8ea46af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Результаты" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>№</x:t>
   </x:si>
   <x:si>
     <x:t>ФИО</x:t>
   </x:si>
   <x:si>