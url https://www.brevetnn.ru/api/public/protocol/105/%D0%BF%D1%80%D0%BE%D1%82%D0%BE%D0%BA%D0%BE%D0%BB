--- v1 (2025-12-01)
+++ v2 (2026-01-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb15a11da0de4bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9110c5b9e6bf4fcb8e2bd2f153e6cacb.psmdcp" Id="Rfee0ff30f8ea46af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c070cf592ef4af6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/383a72acbe73457da7064e961278e4b4.psmdcp" Id="R67f105f2c1c04b2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Результаты" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>№</x:t>
   </x:si>
   <x:si>
     <x:t>ФИО</x:t>
   </x:si>
   <x:si>