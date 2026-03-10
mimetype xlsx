--- v2 (2026-01-19)
+++ v3 (2026-03-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c070cf592ef4af6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/383a72acbe73457da7064e961278e4b4.psmdcp" Id="R67f105f2c1c04b2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R636ffeeba31f4ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/479ce16b152341688cf825bd43e12fa3.psmdcp" Id="R6ec71fb7d1a04bc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Результаты" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>№</x:t>
   </x:si>
   <x:si>
     <x:t>ФИО</x:t>
   </x:si>
   <x:si>